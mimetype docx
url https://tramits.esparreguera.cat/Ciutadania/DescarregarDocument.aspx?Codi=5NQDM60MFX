--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1A52FAD1" w14:textId="7628E0BE" w:rsidR="009F510F" w:rsidRDefault="009F510F" w:rsidP="005836BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>SOL·LICITUD DEL SERVEI DE TELEASSISTÈNCIA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1942D3D5" w14:textId="77777777" w:rsidR="009F510F" w:rsidRPr="009F510F" w:rsidRDefault="009F510F" w:rsidP="005836BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Medium" w:hAnsi="Roboto Medium" w:cs="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -76,51 +76,51 @@
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Dades de la persona que sol·licita</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-3" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6237"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="7C1AD5EC" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="7C1AD5EC" w14:textId="77777777" w:rsidTr="7C654B7D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66B50672" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -352,51 +352,51 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="4637E7F6" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="4637E7F6" w14:textId="77777777" w:rsidTr="7C654B7D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C8DBA4B" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -627,51 +627,51 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="74C5C603" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="74C5C603" w14:textId="77777777" w:rsidTr="7C654B7D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69CA9C5C" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -767,82 +767,82 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="42F6691C" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00D82288" w:rsidRPr="002C0AB3" w14:paraId="42F6691C" w14:textId="77777777" w:rsidTr="00D82288">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624A5ED1" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
+          <w:p w14:paraId="26929B61" w14:textId="77777777" w:rsidR="00D82288" w:rsidRDefault="00D82288" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA213F">
+            <w:r w:rsidRPr="7C654B7D">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Codi postal, població i província</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A247056" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
+          <w:p w14:paraId="484F6055" w14:textId="615F8DCF" w:rsidR="00D82288" w:rsidRPr="00DA213F" w:rsidRDefault="00D82288" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -906,52 +906,186 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBDDF09" w14:textId="42224B64" w:rsidR="00D82288" w:rsidRDefault="00D82288" w:rsidP="00364A0C">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7C654B7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t>Data naixement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A247056" w14:textId="013B01BA" w:rsidR="00D82288" w:rsidRPr="00DA213F" w:rsidRDefault="00D82288" w:rsidP="00364A0C">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texto1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA213F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="3595FC74" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="3595FC74" w14:textId="77777777" w:rsidTr="7C654B7D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="022B3729" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00DA213F" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
@@ -1314,111 +1448,111 @@
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA213F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="43FDF703" w14:textId="77777777" w:rsidTr="00CD6A6C">
+      <w:tr w:rsidR="00CD6A6C" w:rsidRPr="002C0AB3" w14:paraId="43FDF703" w14:textId="77777777" w:rsidTr="7C654B7D">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5602C9A1" w14:textId="77777777" w:rsidR="00CD6A6C" w:rsidRPr="00912148" w:rsidRDefault="00CD6A6C" w:rsidP="00364A0C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00912148">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2393,59 +2527,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Marcar1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -2480,59 +2614,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Marcar2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -3014,59 +3148,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> NO</w:t>
@@ -3099,59 +3233,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sí</w:t>
@@ -3632,59 +3766,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> NO</w:t>
@@ -3717,59 +3851,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sí</w:t>
@@ -3871,59 +4005,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Marcar3"/>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -3936,59 +4070,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Marcar4"/>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -4046,59 +4180,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -4109,59 +4243,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -4596,59 +4730,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -4659,59 +4793,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -4899,59 +5033,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -4962,59 +5096,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -5244,59 +5378,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -5307,59 +5441,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -5433,59 +5567,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -5496,59 +5630,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -5622,59 +5756,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -5685,59 +5819,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -5820,59 +5954,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -5883,59 +6017,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -6009,59 +6143,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -6072,59 +6206,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -6198,59 +6332,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -6261,59 +6395,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -6395,59 +6529,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -6458,59 +6592,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -6592,59 +6726,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> SÍ     </w:t>
@@ -6655,59 +6789,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r w:rsidRPr="000A7A74">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000A7A74">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
@@ -7206,59 +7340,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Marcar5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00435DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -7291,59 +7425,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Marcar6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -7385,59 +7519,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Marcar7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -7622,59 +7756,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Marcar8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00435DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -7707,59 +7841,59 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Marcar9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00760E27">
-[...7 lines deleted...]
-            <w:r w:rsidR="00760E27">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="ca-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="00435DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
@@ -8466,70 +8600,70 @@
       <w:r w:rsidRPr="006B2FE3">
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:sectPr w:rsidR="00514C85" w:rsidRPr="005836BD" w:rsidSect="00CD6A6C">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2835" w:right="566" w:bottom="851" w:left="1418" w:header="709" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2838E285" w14:textId="77777777" w:rsidR="00760E27" w:rsidRDefault="00760E27">
+    <w:p w14:paraId="5B7194F6" w14:textId="77777777" w:rsidR="00E63F3B" w:rsidRDefault="00E63F3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00C81CE7" w14:textId="77777777" w:rsidR="00760E27" w:rsidRDefault="00760E27">
+    <w:p w14:paraId="72A230B0" w14:textId="77777777" w:rsidR="00E63F3B" w:rsidRDefault="00E63F3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8570,62 +8704,62 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Light">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Roboto Light"/>
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34B32ED5" w14:textId="77777777" w:rsidR="00626979" w:rsidRPr="00F40D95" w:rsidRDefault="005836BD">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:ind w:left="-900" w:right="-1036"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:color w:val="333333"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -8713,51 +8847,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="70CB072C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="4 Cuadro de texto" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-23.25pt;margin-top:-70.55pt;width:22pt;height:67.05pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdY5obgQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSR9GnSJL0WFA&#10;0RZLh54VWUqMyaImMbGzXz9Kdh7odumwi0yRHz/zqZvbtjZsq3yowBZ8eDbgTFkJZWVXBf/+cv/p&#10;irOAwpbCgFUF36nAb6cfP9w0LlcjWIMplWdEYkPeuIKvEV2eZUGuVS3CGThlyajB1wLp6ldZ6UVD&#10;7LXJRoPBRdaAL50HqUIg7V1n5NPEr7WS+KR1UMhMwSk2TKdP5zKe2fRG5Csv3LqSfRjiH6KoRWXp&#10;pweqO4GCbXz1B1VdSQ8BNJ5JqDPQupIq5UDZDAdvslmshVMpFypOcIcyhf9HKx+3z55VJfWOMytq&#10;atGYzTei9MBKxVC1CLFIjQs5YReO0Nh+hjY69PpAyph7q30dv5QVIzuVe3coMfEwScrR5fV4QBZJ&#10;pqvJcHI+iSzZ0dn5gF8U1CwKBffUwVRYsX0I2EH3kPgvC/eVMaQXubGsKfjF+WSQHA4WIjc2AlSa&#10;h54mJtQFniTcGdWRfFOa6pHij4o0iWpuPNsKmiEhpbKYUk+8hI4oTUG8x7HHH6N6j3OXx/7PYPHg&#10;XFcWfMr+Tdjlj33IusNTzU/yjiK2y7Zv6BLKHfXZQ7cuwcn7irrxIAI+C0/7QQ2knccnOrQBqjr0&#10;Emdr8L/+po/4gsdzdEnuDa1cwcPPjfCKM/PV0kxfD8djMmG6jCeXI7r4U8vy1GI39RyoIzS3FGAS&#10;Ix7NXtQe6ld6HWbxx2QSVlJwBce9OMfuIaDXRarZLIFoK53AB7twMlLHBsVxe2lfhXf9TMaleIT9&#10;cor8zWh22OhpYbZB0FWa21jjrrB97Wmj0+T3r098Mk7vCXV8I6e/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAbXqGsd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FLHVWlRiFNV&#10;VYEFYtGHUJduPCRR43EUu034e4YVXc3r6t4z+XJ0rbhiHxpPGtQkBYFUettQpeGwf02eQYRoyJrW&#10;E2r4wQDL4v4uN5n1A23xuouVYBMKmdFQx9hlUoayRmfCxHdIfPv2vTORx76StjcDm7tWTtN0Lp1p&#10;iBNq0+G6xvK8uzgNW/URPu0xHigMm/HNHjdf9H7W+vFhXL2AiDjGfzH84TM6FMx08heyQbQaktn8&#10;iaXcqJlSIFiSTHlz4rpIQRa5vH2h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdY5ob&#10;gQIAAGsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBt&#10;eoax3wAAAAoBAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="4 Cuadro de texto" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-23.25pt;margin-top:-70.55pt;width:22pt;height:67.05pt;z-index:251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGG1wdagIAAD8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5ykSR9BnSJLkWFA&#10;0RZLh54VWUqMyaImMbGzXz9Kdh7odumwi0SJHynyI6nbu6YybKd8KMHmfNDrc6ashKK065x/f1l8&#10;uuYsoLCFMGBVzvcq8Lvpxw+3tZuoIWzAFMozcmLDpHY53yC6SZYFuVGVCD1wypJSg68E0tGvs8KL&#10;mrxXJhv2+5dZDb5wHqQKgW7vWyWfJv9aK4lPWgeFzOScYsO0+rSu4ppNb8Vk7YXblLILQ/xDFJUo&#10;LT16dHUvULCtL/9wVZXSQwCNPQlVBlqXUqUcKJtB/002y41wKuVC5AR3pCn8P7fycbd0z55h8xka&#10;KmAkpHZhEugy5tNoX8WdImWkJwr3R9pUg0zS5fDqZtQnjSTV9XgwvhhHL9nJ2PmAXxRULAo591SV&#10;RJbYPQRsoQdIfMvCojQmVcZYVuf88mLcTwZHDTk3NmJVqnHn5hR4knBvVMQY+01pVhYp/niRukvN&#10;jWc7QX0hpFQWU+rJL6EjSlMQ7zHs8Keo3mPc5nF4GSwejavSgk/Zvwm7+HEIWbd44vws7yhis2q6&#10;gq6g2FOdPbQjEJxclFSNBxHwWXjqeSogzTE+0aINEOvQSZxtwP/6233E5zyuwysyr2mMch5+boVX&#10;nJmvlvr0ZjAakQrTYTS+GtLBn2tW5xq7reZAFRnQp+FkEiMezUHUHqpXmvhZfJhUwkoKLud4EOfY&#10;Djf9GFLNZglEk+YEPtilk9F1LFBst5fmVXjX9SRSMz/CYeDE5E1rtthoaWG2RdBl6tvIcUtsxz1N&#10;aer87keJ38D5OaFO/970NwAAAP//AwBQSwMEFAAGAAgAAAAhAG16hrHfAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxSx1VpUYhTVVWBBWLRh1CXbjwkUeNxFLtN+HuGFV3N&#10;6+reM/lydK24Yh8aTxrUJAWBVHrbUKXhsH9NnkGEaMia1hNq+MEAy+L+LjeZ9QNt8bqLlWATCpnR&#10;UMfYZVKGskZnwsR3SHz79r0zkce+krY3A5u7Vk7TdC6daYgTatPhusbyvLs4DVv1ET7tMR4oDJvx&#10;zR43X/R+1vrxYVy9gIg4xn8x/OEzOhTMdPIXskG0GpLZ/Iml3KiZUiBYkkx5c+K6SEEWubx9ofgF&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhhtcHWoCAAA/BQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbXqGsd8AAAAKAQAADwAAAAAAAAAAAAAA&#10;AADEBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w14:paraId="05C8E09A" w14:textId="39A85749" w:rsidR="005836BD" w:rsidRPr="004B54BB" w:rsidRDefault="005836BD" w:rsidP="005836BD">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="004B54BB">
                       <w:rPr>
                         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:lang w:val="ca-ES"/>
                       </w:rPr>
                       <w:t>Ref.</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
@@ -8786,70 +8920,70 @@
       </w:rPr>
       <w:t>Plaça</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00626979" w:rsidRPr="00F40D95">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
         <w:color w:val="333333"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> de l’Ajuntament,1 • 08292 ESPARREGUERA (Barcelona) • Tel. 93 777 18 01 • Fax 93 777 59 04 • esparreguera@esparreguera.cat • www.esparreguera.cat</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="591878D2" w14:textId="77777777" w:rsidR="00626979" w:rsidRPr="00F40D95" w:rsidRDefault="00626979">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2712E5DF" w14:textId="77777777" w:rsidR="00760E27" w:rsidRDefault="00760E27">
+    <w:p w14:paraId="692CD491" w14:textId="77777777" w:rsidR="00E63F3B" w:rsidRDefault="00E63F3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51F8A087" w14:textId="77777777" w:rsidR="00760E27" w:rsidRDefault="00760E27">
+    <w:p w14:paraId="73F6D3BF" w14:textId="77777777" w:rsidR="00E63F3B" w:rsidRDefault="00E63F3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A39AD3D" w14:textId="77777777" w:rsidR="00626979" w:rsidRPr="00F40D95" w:rsidRDefault="00244BCD" w:rsidP="00F40D95">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F40D95">
       <w:rPr>
         <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light"/>
         <w:noProof/>
         <w:lang w:eastAsia="ca-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57495D5A" wp14:editId="348F1951">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-414655</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-197803</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1911350" cy="984885"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
@@ -8887,51 +9021,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0095077F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B1D27772"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1065"/>
         </w:tabs>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11934,266 +12068,271 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="332298847">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1470826722">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="951791487">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="352339029">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="688414814">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1962807575">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1367750732">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1222865652">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1922786411">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="936793260">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="14043245">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1422990033">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="647979093">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1759130988">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1421178582">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1271741702">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="540170249">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="950432050">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="211161810">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1159879161">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="987250650">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="541940999">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1925718128">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="2107652437">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="447627549">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1875536055">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="421800261">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="479620694">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="853499789">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1421827708">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1831434810">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ebbEYqDyGLLVBYb+wLQTVeFibcEE/IvbcN9FMtemW+ymmsSUfHv7CuFfOY6KtyU3q8t8XeJAsqaVoLjpfzW2gA==" w:salt="K3GyuLS9W7L5jjBnLGSBYQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WIjJtOZHkc18DsEdDOQ2FQYLl4LkWJcunjBPVt3aG1zq8kFncMWlUaGSClyysRCasgA3IUnsNJSQ+wtGS1d3IA==" w:salt="GFIx2bmLEBCoTTtqO/ACIw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B4DD7"/>
     <w:rsid w:val="00001A26"/>
     <w:rsid w:val="0002761E"/>
     <w:rsid w:val="000455A2"/>
     <w:rsid w:val="00092F68"/>
     <w:rsid w:val="000A7A74"/>
     <w:rsid w:val="000C345A"/>
+    <w:rsid w:val="000C3532"/>
     <w:rsid w:val="000D2610"/>
     <w:rsid w:val="000D263E"/>
     <w:rsid w:val="000D2A7B"/>
+    <w:rsid w:val="000D3037"/>
     <w:rsid w:val="000E6A37"/>
     <w:rsid w:val="000F5FF6"/>
     <w:rsid w:val="00103A0F"/>
     <w:rsid w:val="001106C6"/>
     <w:rsid w:val="001125F4"/>
     <w:rsid w:val="00123D4D"/>
     <w:rsid w:val="00154448"/>
     <w:rsid w:val="001645F8"/>
     <w:rsid w:val="0017031C"/>
     <w:rsid w:val="00170D5C"/>
     <w:rsid w:val="00172083"/>
     <w:rsid w:val="00193942"/>
     <w:rsid w:val="00197811"/>
     <w:rsid w:val="001C2336"/>
     <w:rsid w:val="001C55C3"/>
     <w:rsid w:val="001F1674"/>
+    <w:rsid w:val="001F78EE"/>
     <w:rsid w:val="00205DB0"/>
     <w:rsid w:val="00211BEC"/>
     <w:rsid w:val="00215501"/>
     <w:rsid w:val="002255B5"/>
     <w:rsid w:val="002402E0"/>
     <w:rsid w:val="00244BCD"/>
     <w:rsid w:val="00275D87"/>
     <w:rsid w:val="002853C2"/>
     <w:rsid w:val="002976EB"/>
     <w:rsid w:val="002A2123"/>
     <w:rsid w:val="002D4536"/>
     <w:rsid w:val="002D4795"/>
     <w:rsid w:val="002E5F35"/>
     <w:rsid w:val="0031509D"/>
     <w:rsid w:val="00344423"/>
     <w:rsid w:val="00377168"/>
     <w:rsid w:val="00377555"/>
     <w:rsid w:val="00383F0B"/>
     <w:rsid w:val="00386101"/>
+    <w:rsid w:val="003B7DAA"/>
     <w:rsid w:val="003E594B"/>
     <w:rsid w:val="00405D96"/>
     <w:rsid w:val="004147AD"/>
     <w:rsid w:val="00422539"/>
     <w:rsid w:val="00422835"/>
     <w:rsid w:val="00435DBC"/>
     <w:rsid w:val="004433D4"/>
     <w:rsid w:val="004530AF"/>
     <w:rsid w:val="00454BD7"/>
     <w:rsid w:val="00467E94"/>
     <w:rsid w:val="00472D63"/>
     <w:rsid w:val="00474AEE"/>
     <w:rsid w:val="004A6BE4"/>
     <w:rsid w:val="004A7BBB"/>
     <w:rsid w:val="004B705B"/>
     <w:rsid w:val="004C5D65"/>
     <w:rsid w:val="004D7193"/>
     <w:rsid w:val="004F37F1"/>
     <w:rsid w:val="00511D45"/>
     <w:rsid w:val="00514C85"/>
     <w:rsid w:val="00540206"/>
     <w:rsid w:val="00550038"/>
     <w:rsid w:val="00576EBC"/>
     <w:rsid w:val="005776CF"/>
     <w:rsid w:val="00581279"/>
     <w:rsid w:val="005836BD"/>
     <w:rsid w:val="005A04B0"/>
     <w:rsid w:val="005B0CE5"/>
     <w:rsid w:val="005F3E69"/>
     <w:rsid w:val="005F6FB2"/>
     <w:rsid w:val="00610C17"/>
     <w:rsid w:val="00626979"/>
     <w:rsid w:val="00654A39"/>
     <w:rsid w:val="00661CD9"/>
     <w:rsid w:val="00674058"/>
     <w:rsid w:val="00695265"/>
     <w:rsid w:val="006C0B12"/>
     <w:rsid w:val="006C7DCE"/>
     <w:rsid w:val="006E07F1"/>
     <w:rsid w:val="006E5A52"/>
     <w:rsid w:val="006F4C3B"/>
     <w:rsid w:val="00702157"/>
     <w:rsid w:val="007074F6"/>
     <w:rsid w:val="007238F3"/>
+    <w:rsid w:val="00732C90"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="00760E27"/>
     <w:rsid w:val="0076413C"/>
     <w:rsid w:val="00780551"/>
     <w:rsid w:val="007857B9"/>
     <w:rsid w:val="00787ED5"/>
     <w:rsid w:val="007A64FE"/>
     <w:rsid w:val="007B5065"/>
     <w:rsid w:val="007D7919"/>
     <w:rsid w:val="00801880"/>
     <w:rsid w:val="0081283D"/>
     <w:rsid w:val="00827E00"/>
     <w:rsid w:val="00840F40"/>
     <w:rsid w:val="008425F6"/>
     <w:rsid w:val="00851103"/>
     <w:rsid w:val="0085204E"/>
     <w:rsid w:val="008569BE"/>
     <w:rsid w:val="00862294"/>
     <w:rsid w:val="008B6B86"/>
     <w:rsid w:val="008D01FF"/>
     <w:rsid w:val="008D77D5"/>
     <w:rsid w:val="00923866"/>
     <w:rsid w:val="009324E6"/>
     <w:rsid w:val="00935D37"/>
     <w:rsid w:val="00945048"/>
@@ -12219,115 +12358,120 @@
     <w:rsid w:val="00B95870"/>
     <w:rsid w:val="00BA2467"/>
     <w:rsid w:val="00BA606C"/>
     <w:rsid w:val="00BB69BF"/>
     <w:rsid w:val="00BC5FAD"/>
     <w:rsid w:val="00BD0CD7"/>
     <w:rsid w:val="00BD3479"/>
     <w:rsid w:val="00C132F9"/>
     <w:rsid w:val="00C1454C"/>
     <w:rsid w:val="00C22A18"/>
     <w:rsid w:val="00C32E51"/>
     <w:rsid w:val="00C62230"/>
     <w:rsid w:val="00C63528"/>
     <w:rsid w:val="00C87011"/>
     <w:rsid w:val="00C90838"/>
     <w:rsid w:val="00C9524B"/>
     <w:rsid w:val="00CA3FA4"/>
     <w:rsid w:val="00CA55B6"/>
     <w:rsid w:val="00CA5A0C"/>
     <w:rsid w:val="00CD31BA"/>
     <w:rsid w:val="00CD6A6C"/>
     <w:rsid w:val="00D26836"/>
     <w:rsid w:val="00D419BF"/>
     <w:rsid w:val="00D601B6"/>
     <w:rsid w:val="00D64A26"/>
+    <w:rsid w:val="00D82288"/>
     <w:rsid w:val="00D91D5B"/>
     <w:rsid w:val="00D939AC"/>
     <w:rsid w:val="00DA213F"/>
     <w:rsid w:val="00DA4D6B"/>
     <w:rsid w:val="00DD2639"/>
     <w:rsid w:val="00DF61D5"/>
     <w:rsid w:val="00DF75CB"/>
     <w:rsid w:val="00E10690"/>
     <w:rsid w:val="00E13CC8"/>
     <w:rsid w:val="00E32B76"/>
     <w:rsid w:val="00E3504A"/>
     <w:rsid w:val="00E367DE"/>
     <w:rsid w:val="00E50401"/>
     <w:rsid w:val="00E6029C"/>
+    <w:rsid w:val="00E63F3B"/>
     <w:rsid w:val="00E67B8D"/>
     <w:rsid w:val="00E92EBD"/>
     <w:rsid w:val="00EC0081"/>
     <w:rsid w:val="00EC6544"/>
     <w:rsid w:val="00EF0EE4"/>
     <w:rsid w:val="00EF4E83"/>
     <w:rsid w:val="00EF6A9A"/>
     <w:rsid w:val="00F04867"/>
     <w:rsid w:val="00F40D95"/>
     <w:rsid w:val="00F66262"/>
     <w:rsid w:val="00F72507"/>
     <w:rsid w:val="00FA264B"/>
     <w:rsid w:val="00FB44DD"/>
     <w:rsid w:val="00FC11F1"/>
     <w:rsid w:val="00FD3B84"/>
     <w:rsid w:val="00FE012F"/>
     <w:rsid w:val="00FE15EA"/>
+    <w:rsid w:val="00FE44FC"/>
     <w:rsid w:val="00FF4F74"/>
     <w:rsid w:val="00FF784E"/>
+    <w:rsid w:val="55D6C682"/>
+    <w:rsid w:val="7C654B7D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ca-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4115A8C4"/>
   <w15:docId w15:val="{F2DC4410-3986-4AE5-BA37-389C4E7E3A75}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ca-ES" w:eastAsia="ca-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13071,51 +13215,51 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:rsid w:val="009F510F"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:sz w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B95870"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpd@esparreguera.cat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esparreguera.cat/diesinhabils" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esparreguera.cat/enotificacio" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esparreguera.cat/avis-legal/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ESubiranas\Desktop\Model_formularis_2021.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -13402,76 +13546,102 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <tama_x00f1_o xmlns="0fffc3d2-0df5-4f4c-86a7-916e58947ee5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0fffc3d2-0df5-4f4c-86a7-916e58947ee5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0480876f-2ea0-4eb3-abe7-5f83e8fcf145" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0fffc3d2-0df5-4f4c-86a7-916e58947ee5" xmlns:ns3="0480876f-2ea0-4eb3-abe7-5f83e8fcf145" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="df25c5ceddade5461243781f0779ccfb" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101001F03F2C8F4B7464B8609D4A4B126118B" ma:contentTypeVersion="18" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="311f502334fe359d51d7fed915c80c0d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0fffc3d2-0df5-4f4c-86a7-916e58947ee5" xmlns:ns3="0480876f-2ea0-4eb3-abe7-5f83e8fcf145" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec21dee842cbad8dcd228ce6df14dfa3" ns2:_="" ns3:_="">
     <xsd:import namespace="0fffc3d2-0df5-4f4c-86a7-916e58947ee5"/>
     <xsd:import namespace="0480876f-2ea0-4eb3-abe7-5f83e8fcf145"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:tama_x00f1_o" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0fffc3d2-0df5-4f4c-86a7-916e58947ee5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13492,92 +13662,127 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="tama_x00f1_o" ma:index="20" nillable="true" ma:displayName="tamaño" ma:internalName="tama_x00f1_o">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="05250316-10dd-49c5-adfd-1fd7db8804d8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0480876f-2ea0-4eb3-abe7-5f83e8fcf145" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Compartit amb" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Compartido con" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="S'ha compartit amb detalls" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Detalles de uso compartido" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c9e28876-b8c1-4b9b-8850-2f5eaabac54c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="0480876f-2ea0-4eb3-abe7-5f83e8fcf145">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipus de contingut"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Títol"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -13622,146 +13827,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B67C8EFF-001A-4F46-B0BC-8D499A13AA71}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F51B192F-2094-4B81-BB3E-93A6AAA9EB06}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0fffc3d2-0df5-4f4c-86a7-916e58947ee5"/>
+    <ds:schemaRef ds:uri="0480876f-2ea0-4eb3-abe7-5f83e8fcf145"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CB472DB-67CA-491B-9674-E8640295CB5A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A5F304D-D618-4DE2-9811-985438FFC79C}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C7975F0-F4FF-46A5-8EFC-150253EFAE3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0fffc3d2-0df5-4f4c-86a7-916e58947ee5"/>
     <ds:schemaRef ds:uri="0480876f-2ea0-4eb3-abe7-5f83e8fcf145"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Model_formularis_2021.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7151</Characters>
+  <Pages>3</Pages>
+  <Words>1259</Words>
+  <Characters>7177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>Ajuntament d'Esparreguera</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8389</CharactersWithSpaces>
+  <CharactersWithSpaces>8420</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Subdelegació del Govern</dc:title>
   <dc:subject/>
   <dc:creator>Erika Subiranas Muñoz</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001F03F2C8F4B7464B8609D4A4B126118B</vt:lpwstr>
   </property>